--- v0 (2025-12-08)
+++ v1 (2025-12-31)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB15"/>
+  <dimension ref="A1:AB18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1381,380 +1381,638 @@
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>NoCash</v>
       </c>
       <c r="B12" t="str">
-        <v>T7</v>
+        <v>7</v>
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12" t="str">
-        <v>Antony Roelle</v>
+        <v xml:space="preserve">Jared Welker </v>
       </c>
       <c r="E12">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F12">
-        <v>68</v>
+        <v>66</v>
+      </c>
+      <c r="G12">
+        <v>281916</v>
       </c>
       <c r="H12" t="str">
-        <v>roelleantony</v>
+        <v>pr0metheus</v>
       </c>
       <c r="I12">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J12">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K12">
         <v>5</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>5</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>NoCash</v>
       </c>
       <c r="B13" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="C13">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D13" t="str">
-        <v>Myles L</v>
+        <v>Antony Roelle</v>
       </c>
       <c r="E13">
         <v>7</v>
       </c>
       <c r="F13">
         <v>68</v>
       </c>
       <c r="H13" t="str">
-        <v>lewthedude</v>
+        <v>roelleantony</v>
       </c>
       <c r="I13">
         <v>7</v>
       </c>
       <c r="J13">
         <v>68</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>NoCash</v>
       </c>
       <c r="B14" t="str">
-        <v>9</v>
+        <v>T8</v>
       </c>
       <c r="C14">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D14" t="str">
-        <v>Adam Marchino</v>
+        <v>Myles L</v>
       </c>
       <c r="E14">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F14">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="H14" t="str">
-        <v>marsh300</v>
+        <v>lewthedude</v>
       </c>
       <c r="I14">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="J14">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>4</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
         <v>6</v>
       </c>
-      <c r="O14">
-[...16 lines deleted...]
-      </c>
       <c r="U14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V14">
         <v>4</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>NoCash</v>
       </c>
       <c r="B15" t="str">
         <v>10</v>
       </c>
       <c r="C15">
         <v>10</v>
       </c>
       <c r="D15" t="str">
+        <v>Zeb Emerick</v>
+      </c>
+      <c r="E15">
+        <v>9</v>
+      </c>
+      <c r="F15">
+        <v>70</v>
+      </c>
+      <c r="G15">
+        <v>188857</v>
+      </c>
+      <c r="H15" t="str">
+        <v>zebco05</v>
+      </c>
+      <c r="I15">
+        <v>9</v>
+      </c>
+      <c r="J15">
+        <v>70</v>
+      </c>
+      <c r="K15">
+        <v>4</v>
+      </c>
+      <c r="L15">
+        <v>4</v>
+      </c>
+      <c r="M15">
+        <v>4</v>
+      </c>
+      <c r="N15">
+        <v>8</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>4</v>
+      </c>
+      <c r="Q15">
+        <v>4</v>
+      </c>
+      <c r="R15">
+        <v>4</v>
+      </c>
+      <c r="S15">
+        <v>4</v>
+      </c>
+      <c r="T15">
+        <v>5</v>
+      </c>
+      <c r="U15">
+        <v>3</v>
+      </c>
+      <c r="V15">
+        <v>3</v>
+      </c>
+      <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>4</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>NoCash</v>
+      </c>
+      <c r="B16" t="str">
+        <v>11</v>
+      </c>
+      <c r="C16">
+        <v>11</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Adam Marchino</v>
+      </c>
+      <c r="E16">
+        <v>12</v>
+      </c>
+      <c r="F16">
+        <v>73</v>
+      </c>
+      <c r="H16" t="str">
+        <v>marsh300</v>
+      </c>
+      <c r="I16">
+        <v>12</v>
+      </c>
+      <c r="J16">
+        <v>73</v>
+      </c>
+      <c r="K16">
+        <v>4</v>
+      </c>
+      <c r="L16">
+        <v>4</v>
+      </c>
+      <c r="M16">
+        <v>5</v>
+      </c>
+      <c r="N16">
+        <v>6</v>
+      </c>
+      <c r="O16">
+        <v>5</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>5</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>4</v>
+      </c>
+      <c r="U16">
+        <v>4</v>
+      </c>
+      <c r="V16">
+        <v>4</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>4</v>
+      </c>
+      <c r="Y16">
+        <v>4</v>
+      </c>
+      <c r="Z16">
+        <v>4</v>
+      </c>
+      <c r="AA16">
+        <v>4</v>
+      </c>
+      <c r="AB16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>NoCash</v>
+      </c>
+      <c r="B17" t="str">
+        <v>12</v>
+      </c>
+      <c r="C17">
+        <v>12</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Barry Hurt</v>
+      </c>
+      <c r="E17">
+        <v>15</v>
+      </c>
+      <c r="F17">
+        <v>76</v>
+      </c>
+      <c r="G17">
+        <v>195475</v>
+      </c>
+      <c r="H17" t="str">
+        <v>boohurt</v>
+      </c>
+      <c r="I17">
+        <v>15</v>
+      </c>
+      <c r="J17">
+        <v>76</v>
+      </c>
+      <c r="K17">
+        <v>5</v>
+      </c>
+      <c r="L17">
+        <v>5</v>
+      </c>
+      <c r="M17">
+        <v>4</v>
+      </c>
+      <c r="N17">
+        <v>8</v>
+      </c>
+      <c r="O17">
+        <v>4</v>
+      </c>
+      <c r="P17">
+        <v>4</v>
+      </c>
+      <c r="Q17">
+        <v>5</v>
+      </c>
+      <c r="R17">
+        <v>4</v>
+      </c>
+      <c r="S17">
+        <v>4</v>
+      </c>
+      <c r="T17">
+        <v>5</v>
+      </c>
+      <c r="U17">
+        <v>4</v>
+      </c>
+      <c r="V17">
+        <v>3</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>4</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>4</v>
+      </c>
+      <c r="AB17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>NoCash</v>
+      </c>
+      <c r="B18" t="str">
+        <v>13</v>
+      </c>
+      <c r="C18">
+        <v>13</v>
+      </c>
+      <c r="D18" t="str">
         <v>Tony Wininger</v>
       </c>
-      <c r="E15">
+      <c r="E18">
         <v>19</v>
       </c>
-      <c r="F15">
+      <c r="F18">
         <v>80</v>
       </c>
-      <c r="H15" t="str">
+      <c r="H18" t="str">
         <v>tony2222</v>
       </c>
-      <c r="I15">
+      <c r="I18">
         <v>19</v>
       </c>
-      <c r="J15">
+      <c r="J18">
         <v>80</v>
       </c>
-      <c r="K15">
-[...5 lines deleted...]
-      <c r="M15">
+      <c r="K18">
+        <v>5</v>
+      </c>
+      <c r="L18">
+        <v>4</v>
+      </c>
+      <c r="M18">
         <v>6</v>
       </c>
-      <c r="N15">
+      <c r="N18">
         <v>7</v>
       </c>
-      <c r="O15">
+      <c r="O18">
         <v>7</v>
       </c>
-      <c r="P15">
-[...2 lines deleted...]
-      <c r="Q15">
+      <c r="P18">
+        <v>3</v>
+      </c>
+      <c r="Q18">
         <v>6</v>
       </c>
-      <c r="R15">
-[...29 lines deleted...]
-      <c r="AB15">
+      <c r="R18">
+        <v>5</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+      <c r="T18">
+        <v>5</v>
+      </c>
+      <c r="U18">
+        <v>4</v>
+      </c>
+      <c r="V18">
+        <v>4</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
+        <v>3</v>
+      </c>
+      <c r="Y18">
+        <v>4</v>
+      </c>
+      <c r="Z18">
+        <v>3</v>
+      </c>
+      <c r="AA18">
+        <v>4</v>
+      </c>
+      <c r="AB18">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB15"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB18"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 