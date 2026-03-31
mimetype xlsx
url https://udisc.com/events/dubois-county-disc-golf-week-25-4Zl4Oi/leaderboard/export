--- v2 (2026-01-24)
+++ v3 (2026-03-31)
@@ -1736,50 +1736,53 @@
         <v>3</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>NoCash</v>
       </c>
       <c r="B16" t="str">
         <v>11</v>
       </c>
       <c r="C16">
         <v>11</v>
       </c>
       <c r="D16" t="str">
         <v>Adam Marchino</v>
       </c>
       <c r="E16">
         <v>12</v>
       </c>
       <c r="F16">
         <v>73</v>
       </c>
+      <c r="G16">
+        <v>315842</v>
+      </c>
       <c r="H16" t="str">
         <v>marsh300</v>
       </c>
       <c r="I16">
         <v>12</v>
       </c>
       <c r="J16">
         <v>73</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>5</v>
       </c>
       <c r="N16">
         <v>6</v>
       </c>
       <c r="O16">
         <v>5</v>
       </c>
       <c r="P16">