--- v0 (2026-01-12)
+++ v1 (2026-03-31)
@@ -1487,50 +1487,53 @@
         <v>3</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>NoCash</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Adam Marchino</v>
       </c>
       <c r="E13">
         <v>21</v>
       </c>
       <c r="F13">
         <v>77</v>
       </c>
+      <c r="G13">
+        <v>315842</v>
+      </c>
       <c r="H13" t="str">
         <v>marsh300</v>
       </c>
       <c r="I13">
         <v>21</v>
       </c>
       <c r="J13">
         <v>77</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>5</v>
       </c>
       <c r="M13">
         <v>5</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">