--- v0 (2026-01-12)
+++ v1 (2026-03-31)
@@ -1745,50 +1745,53 @@
         <v>4</v>
       </c>
       <c r="AD14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>NoCash</v>
       </c>
       <c r="B15" t="str">
         <v>T7</v>
       </c>
       <c r="C15">
         <v>7</v>
       </c>
       <c r="D15" t="str">
         <v>Adam Marchino</v>
       </c>
       <c r="E15">
         <v>13</v>
       </c>
       <c r="F15">
         <v>81</v>
       </c>
+      <c r="G15">
+        <v>315842</v>
+      </c>
       <c r="H15" t="str">
         <v>marsh300</v>
       </c>
       <c r="I15">
         <v>13</v>
       </c>
       <c r="J15">
         <v>81</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>6</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">