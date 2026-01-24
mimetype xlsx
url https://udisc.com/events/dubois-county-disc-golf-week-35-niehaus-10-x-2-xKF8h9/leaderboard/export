--- v0 (2025-10-21)
+++ v1 (2026-01-24)
@@ -1285,50 +1285,53 @@
         <v>3</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>NoCash</v>
       </c>
       <c r="B10" t="str">
         <v>3</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10" t="str">
         <v>Bob marks</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
         <v>72</v>
       </c>
+      <c r="G10">
+        <v>265066</v>
+      </c>
       <c r="H10" t="str">
         <v>skrambob424</v>
       </c>
       <c r="I10">
         <v>4</v>
       </c>
       <c r="J10">
         <v>72</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">