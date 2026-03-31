--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -2463,50 +2463,53 @@
         <v>4</v>
       </c>
       <c r="AD22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>NoCash</v>
       </c>
       <c r="B23" t="str">
         <v>17</v>
       </c>
       <c r="C23">
         <v>17</v>
       </c>
       <c r="D23" t="str">
         <v>Adam Marchino</v>
       </c>
       <c r="E23">
         <v>21</v>
       </c>
       <c r="F23">
         <v>89</v>
       </c>
+      <c r="G23">
+        <v>315842</v>
+      </c>
       <c r="H23" t="str">
         <v>marsh300</v>
       </c>
       <c r="I23">
         <v>21</v>
       </c>
       <c r="J23">
         <v>89</v>
       </c>
       <c r="K23">
         <v>5</v>
       </c>
       <c r="L23">
         <v>6</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>5</v>
       </c>
       <c r="O23">
         <v>4</v>
       </c>
       <c r="P23">