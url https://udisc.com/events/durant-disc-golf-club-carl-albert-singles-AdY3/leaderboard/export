--- v0 (2025-10-25)
+++ v1 (2026-02-25)
@@ -2294,51 +2294,51 @@
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B23" t="str">
         <v>1</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23" t="str">
         <v>Jerry Robinson</v>
       </c>
       <c r="E23">
         <v>-4</v>
       </c>
       <c r="F23">
         <v>50</v>
       </c>
       <c r="H23" t="str">
-        <v>jearbear</v>
+        <v>powderedtoast</v>
       </c>
       <c r="I23">
         <v>-4</v>
       </c>
       <c r="J23">
         <v>50</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>