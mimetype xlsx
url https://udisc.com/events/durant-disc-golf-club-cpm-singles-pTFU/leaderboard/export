--- v0 (2025-10-25)
+++ v1 (2026-02-25)
@@ -1049,51 +1049,51 @@
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>A POOL</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jerry Robinson</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
         <v>61</v>
       </c>
       <c r="H8" t="str">
-        <v>jearbear</v>
+        <v>powderedtoast</v>
       </c>
       <c r="I8">
         <v>1</v>
       </c>
       <c r="J8">
         <v>61</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>