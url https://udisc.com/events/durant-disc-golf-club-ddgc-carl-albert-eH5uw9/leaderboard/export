--- v0 (2025-10-25)
+++ v1 (2026-02-25)
@@ -582,51 +582,51 @@
       <c r="D2">
         <v>3</v>
       </c>
       <c r="E2" t="str">
         <v>A pool</v>
       </c>
       <c r="F2" t="str">
         <v>T1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Jerry Robinson</v>
       </c>
       <c r="I2">
         <v>-8</v>
       </c>
       <c r="J2">
         <v>46</v>
       </c>
       <c r="K2">
         <v>142828</v>
       </c>
       <c r="L2" t="str">
-        <v>jearbear</v>
+        <v>powderedtoast</v>
       </c>
       <c r="M2">
         <v>-8</v>
       </c>
       <c r="N2">
         <v>46</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>