--- v0 (2025-10-22)
+++ v1 (2026-03-13)
@@ -818,50 +818,53 @@
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Oliver Zuchowski</v>
       </c>
       <c r="E5">
         <v>9</v>
       </c>
       <c r="F5">
         <v>68</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
+      <c r="H5">
+        <v>312635</v>
+      </c>
       <c r="I5" t="str">
         <v>oliverzuchowski</v>
       </c>
       <c r="J5">
         <v>9</v>
       </c>
       <c r="K5">
         <v>68</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
@@ -1323,289 +1326,292 @@
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>6</v>
       </c>
       <c r="AC10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
-        <v xml:space="preserve">Ivo Claessen </v>
+        <v>Oliver Zuchowski</v>
       </c>
       <c r="E11">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F11">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>312635</v>
+      </c>
       <c r="I11" t="str">
-        <v>icchains</v>
+        <v>oliverzuchowski</v>
       </c>
       <c r="J11">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="K11">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="L11">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>4</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB11">
         <v>6</v>
       </c>
       <c r="AC11">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>DUP</v>
       </c>
       <c r="D12" t="str">
-        <v xml:space="preserve">Leon Poggemöller </v>
+        <v xml:space="preserve">Ivo Claessen </v>
       </c>
       <c r="E12">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F12">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="G12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I12" t="str">
-        <v>thepoggi</v>
+        <v>icchains</v>
       </c>
       <c r="J12">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="K12">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="L12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AB12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AC12">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
-        <v>Oliver Zuchowski</v>
+        <v xml:space="preserve">Leon Poggemöller </v>
       </c>
       <c r="E13">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="G13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I13" t="str">
-        <v>oliverzuchowski</v>
+        <v>thepoggi</v>
       </c>
       <c r="J13">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K13">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="L13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AC13">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC13"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>