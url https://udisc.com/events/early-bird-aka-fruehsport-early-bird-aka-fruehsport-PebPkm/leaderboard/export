--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1085,50 +1085,53 @@
         <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Oliver Zuchowski</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>48</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
+      <c r="H8">
+        <v>312635</v>
+      </c>
       <c r="I8" t="str">
         <v>oliverzuchowski</v>
       </c>
       <c r="J8">
         <v>-6</v>
       </c>
       <c r="K8">
         <v>48</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
@@ -1848,458 +1851,461 @@
       </c>
       <c r="Y16">
         <v>4</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>2</v>
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
       <c r="AC16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>DUP</v>
       </c>
       <c r="D17" t="str">
-        <v>Markus Pralle</v>
+        <v>Oliver Zuchowski</v>
       </c>
       <c r="E17">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="F17">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G17">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H17">
-        <v>312745</v>
+        <v>312635</v>
       </c>
       <c r="I17" t="str">
-        <v>markusqc</v>
+        <v>oliverzuchowski</v>
       </c>
       <c r="J17">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="K17">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V17">
         <v>2</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
       <c r="AC17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
-        <v>Manolo</v>
+        <v>Markus Pralle</v>
       </c>
       <c r="E18">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="F18">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G18">
         <v>2</v>
       </c>
       <c r="H18">
-        <v>312772</v>
+        <v>312745</v>
       </c>
       <c r="I18" t="str">
-        <v>manuelgalvez</v>
+        <v>markusqc</v>
       </c>
       <c r="J18">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="K18">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T18">
+        <v>3</v>
+      </c>
+      <c r="U18">
         <v>5</v>
       </c>
-      <c r="U18">
-[...1 lines deleted...]
-      </c>
       <c r="V18">
         <v>2</v>
       </c>
       <c r="W18">
         <v>2</v>
       </c>
       <c r="X18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC18">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>DUP</v>
       </c>
       <c r="D19" t="str">
-        <v>Bastian</v>
+        <v>Manolo</v>
       </c>
       <c r="E19">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F19">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G19">
+        <v>2</v>
+      </c>
+      <c r="H19">
+        <v>312772</v>
+      </c>
+      <c r="I19" t="str">
+        <v>manuelgalvez</v>
+      </c>
+      <c r="J19">
         <v>1</v>
       </c>
-      <c r="I19" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="K19">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="L19">
+        <v>3</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>2</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>4</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>2</v>
+      </c>
+      <c r="S19">
+        <v>3</v>
+      </c>
+      <c r="T19">
         <v>5</v>
       </c>
-      <c r="M19">
-[...22 lines deleted...]
-      </c>
       <c r="U19">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="V19">
         <v>2</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X19">
         <v>2</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC19">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>DUP</v>
       </c>
       <c r="D20" t="str">
-        <v xml:space="preserve">Ivo Claessen </v>
+        <v>Bastian</v>
       </c>
       <c r="E20">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="F20">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="I20" t="str">
-        <v>icchains</v>
+        <v>bastiac</v>
       </c>
       <c r="J20">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="K20">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P20">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
       <c r="W20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC20">
         <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>DUP</v>
       </c>
       <c r="D21" t="str">
-        <v>Oliver Zuchowski</v>
+        <v xml:space="preserve">Ivo Claessen </v>
       </c>
       <c r="E21">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F21">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="I21" t="str">
-        <v>oliverzuchowski</v>
+        <v>icchains</v>
       </c>
       <c r="J21">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="K21">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
         <v>2</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>2</v>
       </c>
       <c r="W21">
         <v>4</v>
       </c>
       <c r="X21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>DUP</v>
       </c>
       <c r="D22" t="str">
         <v>Steve Hilgers</v>
       </c>
       <c r="E22">
         <v>-3</v>
       </c>
       <c r="F22">
         <v>51</v>
       </c>
       <c r="G22">
         <v>2</v>
       </c>
       <c r="I22" t="str">