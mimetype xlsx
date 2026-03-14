--- v0 (2025-10-21)
+++ v1 (2026-03-14)
@@ -1171,50 +1171,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Oliver Zuchowski</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>55</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
+      <c r="H9">
+        <v>312635</v>
+      </c>
       <c r="I9" t="str">
         <v>oliverzuchowski</v>
       </c>
       <c r="J9">
         <v>-3</v>
       </c>
       <c r="K9">
         <v>55</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
@@ -1714,206 +1717,209 @@
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v xml:space="preserve">Leon Poggemöller </v>
+        <v>Oliver Zuchowski</v>
       </c>
       <c r="E16">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="F16">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G16">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H16">
+        <v>312635</v>
       </c>
       <c r="I16" t="str">
-        <v>thepoggi</v>
+        <v>oliverzuchowski</v>
       </c>
       <c r="J16">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="K16">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>2</v>
+      </c>
+      <c r="T16">
+        <v>3</v>
+      </c>
+      <c r="U16">
+        <v>3</v>
+      </c>
+      <c r="V16">
         <v>5</v>
       </c>
-      <c r="R16">
-[...13 lines deleted...]
-      </c>
       <c r="W16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>2</v>
       </c>
       <c r="AB16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC16">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>DUP</v>
       </c>
       <c r="D17" t="str">
-        <v>Oliver Zuchowski</v>
+        <v xml:space="preserve">Leon Poggemöller </v>
       </c>
       <c r="E17">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="F17">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I17" t="str">
-        <v>oliverzuchowski</v>
+        <v>thepoggi</v>
       </c>
       <c r="J17">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="K17">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
+        <v>3</v>
+      </c>
+      <c r="N17">
+        <v>2</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>2</v>
+      </c>
+      <c r="Q17">
         <v>5</v>
       </c>
-      <c r="N17">
-[...10 lines deleted...]
-      </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC17">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
         <v>Steve Hilgers</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>56</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="I18" t="str">
         <v>steveleftyac</v>
       </c>
       <c r="J18">