--- v0 (2025-10-22)
+++ v1 (2026-03-13)
@@ -821,50 +821,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Oliver Zuchowski</v>
       </c>
       <c r="E5">
         <v>2</v>
       </c>
       <c r="F5">
         <v>56</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
+      <c r="H5">
+        <v>312635</v>
+      </c>
       <c r="I5" t="str">
         <v>oliverzuchowski</v>
       </c>
       <c r="J5">
         <v>2</v>
       </c>
       <c r="K5">
         <v>56</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
       <c r="Q5">
@@ -1161,50 +1164,53 @@
       <c r="AB8">
         <v>5</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>DUP</v>
       </c>
       <c r="D9" t="str">
         <v>Oliver Zuchowski</v>
       </c>
       <c r="E9">
         <v>3</v>
       </c>
       <c r="F9">
         <v>57</v>
       </c>
       <c r="G9">
         <v>1</v>
+      </c>
+      <c r="H9">
+        <v>312635</v>
       </c>
       <c r="I9" t="str">
         <v>oliverzuchowski</v>
       </c>
       <c r="J9">
         <v>3</v>
       </c>
       <c r="K9">
         <v>57</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>