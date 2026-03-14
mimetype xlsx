--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -557,50 +557,53 @@
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Oliver Zuchowski</v>
       </c>
       <c r="E2">
         <v>-1</v>
       </c>
       <c r="F2">
         <v>58</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
+      <c r="H2">
+        <v>312635</v>
+      </c>
       <c r="I2" t="str">
         <v>oliverzuchowski</v>
       </c>
       <c r="J2">
         <v>-1</v>
       </c>
       <c r="K2">
         <v>58</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>6</v>
       </c>
       <c r="Q2">
@@ -760,50 +763,53 @@
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>DNF</v>
       </c>
       <c r="D5" t="str">
         <v>Oliver Zuchowski</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>2</v>
+      </c>
+      <c r="H5">
+        <v>312635</v>
       </c>
       <c r="I5" t="str">
         <v>oliverzuchowski</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>