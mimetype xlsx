--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -2329,50 +2329,53 @@
         <v>2</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>AM2</v>
       </c>
       <c r="B23" t="str">
         <v>2</v>
       </c>
       <c r="C23">
         <v>2</v>
       </c>
       <c r="D23" t="str">
         <v>Troy Radikin</v>
       </c>
       <c r="E23">
         <v>-3</v>
       </c>
       <c r="F23">
         <v>51</v>
       </c>
+      <c r="G23">
+        <v>316182</v>
+      </c>
       <c r="H23" t="str">
         <v>tradikin</v>
       </c>
       <c r="I23">
         <v>-3</v>
       </c>
       <c r="J23">
         <v>51</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">