--- v0 (2025-10-10)
+++ v1 (2026-03-03)
@@ -1991,52 +1991,55 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA2</v>
       </c>
       <c r="B19" t="str">
         <v>T7</v>
       </c>
       <c r="C19">
         <v>7</v>
       </c>
       <c r="D19" t="str">
         <v>Ryen Wilson</v>
       </c>
       <c r="E19">
         <v>7</v>
       </c>
       <c r="F19">
         <v>69</v>
       </c>
+      <c r="G19">
+        <v>318021</v>
+      </c>
       <c r="H19" t="str">
-        <v>ryen16</v>
+        <v>ryen1911</v>
       </c>
       <c r="I19">
         <v>7</v>
       </c>
       <c r="J19">
         <v>69</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>6</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>5</v>
       </c>
       <c r="O19">
         <v>5</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>