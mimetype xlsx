--- v1 (2026-03-03)
+++ v2 (2026-03-26)
@@ -1405,51 +1405,51 @@
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
         <v>T1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
         <v>Anthony grinnell</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>62</v>
       </c>
       <c r="H12" t="str">
-        <v>rainmaker174</v>
+        <v>sidequests8</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>62</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
@@ -1654,51 +1654,51 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA2</v>
       </c>
       <c r="B15" t="str">
         <v>5</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
       <c r="D15" t="str">
         <v>Alberto Alferez</v>
       </c>
       <c r="E15">
         <v>4</v>
       </c>
       <c r="F15">
         <v>66</v>
       </c>
       <c r="H15" t="str">
-        <v>birdy17</v>
+        <v>albertoalf</v>
       </c>
       <c r="I15">
         <v>4</v>
       </c>
       <c r="J15">
         <v>66</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>