--- v0 (2025-10-10)
+++ v1 (2026-03-03)
@@ -1915,51 +1915,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA2</v>
       </c>
       <c r="B18" t="str">
         <v>4</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" t="str">
         <v>Preston Agee</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>52</v>
       </c>
       <c r="G18">
         <v>315508</v>
       </c>
       <c r="H18" t="str">
-        <v>pfcagee</v>
+        <v>spcagee</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>52</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
@@ -1997,52 +1997,55 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA2</v>
       </c>
       <c r="B19" t="str">
         <v>5</v>
       </c>
       <c r="C19">
         <v>5</v>
       </c>
       <c r="D19" t="str">
         <v>Ryen Wilson</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>53</v>
       </c>
+      <c r="G19">
+        <v>318021</v>
+      </c>
       <c r="H19" t="str">
-        <v>ryen16</v>
+        <v>ryen1911</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>53</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>