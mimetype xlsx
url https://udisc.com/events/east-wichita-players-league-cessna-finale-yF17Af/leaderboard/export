--- v1 (2026-03-03)
+++ v2 (2026-03-26)
@@ -1746,51 +1746,51 @@
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
         <v>T2</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16" t="str">
         <v>Alberto Alferez</v>
       </c>
       <c r="E16">
         <v>-5</v>
       </c>
       <c r="F16">
         <v>49</v>
       </c>
       <c r="H16" t="str">
-        <v>birdy17</v>
+        <v>albertoalf</v>
       </c>
       <c r="I16">
         <v>-5</v>
       </c>
       <c r="J16">
         <v>49</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>