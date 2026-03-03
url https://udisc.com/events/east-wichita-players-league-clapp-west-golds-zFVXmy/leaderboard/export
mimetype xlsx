--- v0 (2025-10-10)
+++ v1 (2026-03-03)
@@ -1437,200 +1437,203 @@
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA2</v>
       </c>
       <c r="B13" t="str">
         <v>T1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="str">
-        <v>Caleb Plumlee</v>
+        <v>Ryen Wilson</v>
       </c>
       <c r="E13">
         <v>-3</v>
       </c>
       <c r="F13">
         <v>52</v>
       </c>
+      <c r="G13">
+        <v>318021</v>
+      </c>
       <c r="H13" t="str">
-        <v>calebplumlee</v>
+        <v>ryen1911</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>52</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA2</v>
       </c>
       <c r="B14" t="str">
         <v>T1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
-        <v>Ryen Wilson</v>
+        <v>Caleb Plumlee</v>
       </c>
       <c r="E14">
         <v>-3</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
       <c r="H14" t="str">
-        <v>ryen16</v>
+        <v>calebplumlee</v>
       </c>
       <c r="I14">
         <v>-3</v>
       </c>
       <c r="J14">
         <v>52</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA2</v>
       </c>
       <c r="B15" t="str">
         <v>T3</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="str">
         <v>Andrew Anzalone</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>53</v>
       </c>
       <c r="H15" t="str">