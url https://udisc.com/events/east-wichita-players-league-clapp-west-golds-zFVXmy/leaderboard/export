--- v1 (2026-03-03)
+++ v2 (2026-03-26)
@@ -1233,51 +1233,51 @@
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Anthony grinnell</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
         <v>59</v>
       </c>
       <c r="H10" t="str">
-        <v>rainmaker174</v>
+        <v>sidequests8</v>
       </c>
       <c r="I10">
         <v>4</v>
       </c>
       <c r="J10">
         <v>59</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
@@ -1867,51 +1867,51 @@
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA2</v>
       </c>
       <c r="B18" t="str">
         <v>T6</v>
       </c>
       <c r="C18">
         <v>6</v>
       </c>
       <c r="D18" t="str">
         <v>Alberto Alferez</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>56</v>
       </c>
       <c r="H18" t="str">
-        <v>birdy17</v>
+        <v>albertoalf</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>56</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>5</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>