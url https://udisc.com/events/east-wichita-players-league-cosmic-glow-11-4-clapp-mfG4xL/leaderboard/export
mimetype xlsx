--- v0 (2025-11-10)
+++ v1 (2026-03-03)
@@ -2324,52 +2324,55 @@
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18" t="str">
         <v>Paid</v>
       </c>
       <c r="F18" t="str">
         <v>T10</v>
       </c>
       <c r="G18">
         <v>10</v>
       </c>
       <c r="H18" t="str">
         <v>Ryen Wilson</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
         <v>68</v>
       </c>
+      <c r="K18">
+        <v>318021</v>
+      </c>
       <c r="L18" t="str">
-        <v>ryen16</v>
+        <v>ryen1911</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>68</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>5</v>
       </c>