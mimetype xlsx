--- v0 (2025-11-10)
+++ v1 (2026-03-03)
@@ -1132,52 +1132,55 @@
       </c>
       <c r="C7">
         <v>-4</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="str">
         <v>Paid</v>
       </c>
       <c r="F7" t="str">
         <v>3</v>
       </c>
       <c r="G7">
         <v>3</v>
       </c>
       <c r="H7" t="str">
         <v>Ryen Wilson</v>
       </c>
       <c r="I7">
         <v>-4</v>
       </c>
       <c r="J7">
         <v>62</v>
       </c>
+      <c r="K7">
+        <v>318021</v>
+      </c>
       <c r="L7" t="str">
-        <v>ryen16</v>
+        <v>ryen1911</v>
       </c>
       <c r="M7">
         <v>-4</v>
       </c>
       <c r="N7">
         <v>62</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>