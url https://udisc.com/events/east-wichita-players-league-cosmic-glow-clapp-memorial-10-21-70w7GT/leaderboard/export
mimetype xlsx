--- v1 (2026-03-03)
+++ v2 (2026-03-26)
@@ -1463,51 +1463,51 @@
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10">
         <v>-1</v>
       </c>
       <c r="E10" t="str">
         <v>Paid</v>
       </c>
       <c r="F10" t="str">
         <v>T8</v>
       </c>
       <c r="G10">
         <v>8</v>
       </c>
       <c r="H10" t="str">
         <v>Anthony grinnell</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>67</v>
       </c>
       <c r="L10" t="str">
-        <v>rainmaker174</v>
+        <v>sidequests8</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10">
         <v>67</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>