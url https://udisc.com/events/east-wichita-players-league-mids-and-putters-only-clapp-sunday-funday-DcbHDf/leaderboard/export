--- v0 (2025-10-10)
+++ v1 (2026-03-03)
@@ -1393,197 +1393,200 @@
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
         <v>T7</v>
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12" t="str">
-        <v>Austin White</v>
+        <v>Ryen Wilson</v>
       </c>
       <c r="E12">
         <v>-3</v>
       </c>
       <c r="F12">
         <v>51</v>
       </c>
+      <c r="G12">
+        <v>318021</v>
+      </c>
       <c r="H12" t="str">
-        <v>austinwhite</v>
+        <v>ryen1911</v>
       </c>
       <c r="I12">
         <v>-3</v>
       </c>
       <c r="J12">
         <v>51</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA12">
         <v>2</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA1</v>
       </c>
       <c r="B13" t="str">
         <v>T7</v>
       </c>
       <c r="C13">
         <v>7</v>
       </c>
       <c r="D13" t="str">
-        <v>Ryen Wilson</v>
+        <v>Austin White</v>
       </c>
       <c r="E13">
         <v>-3</v>
       </c>
       <c r="F13">
         <v>51</v>
       </c>
       <c r="H13" t="str">
-        <v>ryen16</v>
+        <v>austinwhite</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>51</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
         <v>2</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
       <c r="B14" t="str">
         <v>9</v>
       </c>
       <c r="C14">
         <v>9</v>
       </c>
       <c r="D14" t="str">
         <v>Anthony grinnell</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">