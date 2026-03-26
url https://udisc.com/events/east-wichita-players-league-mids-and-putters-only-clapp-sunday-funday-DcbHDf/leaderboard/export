--- v1 (2026-03-03)
+++ v2 (2026-03-26)
@@ -1571,51 +1571,51 @@
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
       <c r="B14" t="str">
         <v>9</v>
       </c>
       <c r="C14">
         <v>9</v>
       </c>
       <c r="D14" t="str">
         <v>Anthony grinnell</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
       <c r="H14" t="str">
-        <v>rainmaker174</v>
+        <v>sidequests8</v>
       </c>
       <c r="I14">
         <v>-2</v>
       </c>
       <c r="J14">
         <v>52</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>5</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
@@ -2164,51 +2164,51 @@
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA2</v>
       </c>
       <c r="B21" t="str">
         <v>4</v>
       </c>
       <c r="C21">
         <v>4</v>
       </c>
       <c r="D21" t="str">
         <v>Alberto Alferez</v>
       </c>
       <c r="E21">
         <v>2</v>
       </c>
       <c r="F21">
         <v>56</v>
       </c>
       <c r="H21" t="str">
-        <v>birdy17</v>
+        <v>albertoalf</v>
       </c>
       <c r="I21">
         <v>2</v>
       </c>
       <c r="J21">
         <v>56</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>