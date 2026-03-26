--- v0 (2025-10-10)
+++ v1 (2026-03-26)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Anthony grinnell</v>
       </c>
       <c r="E2">
         <v>-7</v>
       </c>
       <c r="F2">
         <v>47</v>
       </c>
       <c r="H2" t="str">
-        <v>rainmaker174</v>
+        <v>sidequests8</v>
       </c>
       <c r="I2">
         <v>-7</v>
       </c>
       <c r="J2">
         <v>47</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -1648,51 +1648,51 @@
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA2</v>
       </c>
       <c r="B15" t="str">
         <v>3</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="str">
         <v>Alberto Alferez</v>
       </c>
       <c r="E15">
         <v>3</v>
       </c>
       <c r="F15">
         <v>57</v>
       </c>
       <c r="H15" t="str">
-        <v>birdy17</v>
+        <v>albertoalf</v>
       </c>
       <c r="I15">
         <v>3</v>
       </c>
       <c r="J15">
         <v>57</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>