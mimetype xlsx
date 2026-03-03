--- v0 (2025-10-10)
+++ v1 (2026-03-03)
@@ -1060,52 +1060,55 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA2</v>
       </c>
       <c r="B8" t="str">
         <v>1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Ryen Wilson</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>53</v>
       </c>
+      <c r="G8">
+        <v>318021</v>
+      </c>
       <c r="H8" t="str">
-        <v>ryen16</v>
+        <v>ryen1911</v>
       </c>
       <c r="I8">
         <v>-1</v>
       </c>
       <c r="J8">
         <v>53</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>