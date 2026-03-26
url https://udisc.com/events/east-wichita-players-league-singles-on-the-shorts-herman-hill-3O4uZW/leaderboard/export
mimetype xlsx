--- v1 (2026-03-03)
+++ v2 (2026-03-26)
@@ -1147,51 +1147,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA2</v>
       </c>
       <c r="B9" t="str">
         <v>2</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="str">
         <v>Alberto Alferez</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>54</v>
       </c>
       <c r="H9" t="str">
-        <v>birdy17</v>
+        <v>albertoalf</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>54</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>