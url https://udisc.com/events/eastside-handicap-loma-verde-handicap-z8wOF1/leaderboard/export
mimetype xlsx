--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -876,51 +876,51 @@
       <c r="D5">
         <v>-3</v>
       </c>
       <c r="E5" t="str">
         <v>520</v>
       </c>
       <c r="F5" t="str">
         <v>T7</v>
       </c>
       <c r="G5">
         <v>7</v>
       </c>
       <c r="H5" t="str">
         <v>Ben Fultz</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
         <v>310210</v>
       </c>
       <c r="L5" t="str">
-        <v>iball16</v>
+        <v>gyrobenevolence</v>
       </c>
       <c r="M5">
         <v>0</v>
       </c>
       <c r="N5">
         <v>54</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
@@ -1636,215 +1636,218 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>T12</v>
       </c>
       <c r="B13">
         <v>12</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
       <c r="D13">
         <v>-3</v>
       </c>
       <c r="E13" t="str">
         <v>520</v>
       </c>
       <c r="F13" t="str">
         <v>T17</v>
       </c>
       <c r="G13">
         <v>17</v>
       </c>
       <c r="H13" t="str">
-        <v>Craig phanco</v>
+        <v>James Patterson</v>
       </c>
       <c r="I13">
         <v>6</v>
       </c>
       <c r="J13">
         <v>60</v>
       </c>
+      <c r="K13">
+        <v>320045</v>
+      </c>
       <c r="L13" t="str">
-        <v>diskins</v>
+        <v>jdpatt91</v>
       </c>
       <c r="M13">
         <v>6</v>
       </c>
       <c r="N13">
         <v>60</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>T12</v>
       </c>
       <c r="B14">
         <v>12</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14">
         <v>-3</v>
       </c>
       <c r="E14" t="str">
         <v>520</v>
       </c>
       <c r="F14" t="str">
         <v>T17</v>
       </c>
       <c r="G14">
         <v>17</v>
       </c>
       <c r="H14" t="str">
-        <v>James Patterson</v>
+        <v>Craig phanco</v>
       </c>
       <c r="I14">
         <v>6</v>
       </c>
       <c r="J14">
         <v>60</v>
       </c>
       <c r="L14" t="str">
-        <v>jdpatt91</v>
+        <v>diskins</v>
       </c>
       <c r="M14">
         <v>6</v>
       </c>
       <c r="N14">
         <v>60</v>
       </c>
       <c r="O14">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
       <c r="AD14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="E15" t="str">
         <v>520</v>
       </c>
       <c r="F15" t="str">
         <v>T3</v>
       </c>
       <c r="G15">
         <v>3</v>
       </c>
       <c r="H15" t="str">
         <v>Dick Gogin</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>52</v>
       </c>
       <c r="L15" t="str">
         <v>dgogin1</v>
       </c>
       <c r="M15">