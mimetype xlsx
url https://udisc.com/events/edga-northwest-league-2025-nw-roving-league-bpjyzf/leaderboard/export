--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -898,51 +898,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Darryl Williams</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="G6">
         <v>257343</v>
       </c>
       <c r="H6" t="str">
-        <v>deejaydub</v>
+        <v>deejaydiscgolf</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>56</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>