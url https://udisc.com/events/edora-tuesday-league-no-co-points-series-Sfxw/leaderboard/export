--- v0 (2025-12-11)
+++ v1 (2026-02-21)
@@ -1713,51 +1713,51 @@
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA1</v>
       </c>
       <c r="B16" t="str">
         <v>2</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16" t="str">
         <v>Keegan Remsen</v>
       </c>
       <c r="E16">
         <v>-10</v>
       </c>
       <c r="F16">
         <v>44</v>
       </c>
       <c r="H16" t="str">
-        <v>akbohartbum</v>
+        <v>keeganremsen</v>
       </c>
       <c r="I16">
         <v>-10</v>
       </c>
       <c r="J16">
         <v>44</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>