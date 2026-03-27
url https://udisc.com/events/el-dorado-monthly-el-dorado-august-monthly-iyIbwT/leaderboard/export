--- v0 (2025-11-21)
+++ v1 (2026-03-27)
@@ -6644,50 +6644,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>FA2</v>
       </c>
       <c r="B67" t="str">
         <v>5</v>
       </c>
       <c r="C67">
         <v>5</v>
       </c>
       <c r="D67" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E67">
         <v>27</v>
       </c>
       <c r="F67">
         <v>87</v>
       </c>
       <c r="G67">
         <v>1</v>
       </c>
+      <c r="H67">
+        <v>324593</v>
+      </c>
       <c r="I67" t="str">
         <v>yaya07</v>
       </c>
       <c r="J67">
         <v>27</v>
       </c>
       <c r="K67">
         <v>87</v>
       </c>
       <c r="L67">
         <v>4</v>
       </c>
       <c r="M67">
         <v>4</v>
       </c>
       <c r="N67">
         <v>5</v>
       </c>
       <c r="O67">
         <v>5</v>
       </c>
       <c r="P67">
         <v>4</v>
       </c>
       <c r="Q67">