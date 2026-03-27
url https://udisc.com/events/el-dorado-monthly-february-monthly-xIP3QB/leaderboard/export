--- v1 (2026-01-30)
+++ v2 (2026-03-27)
@@ -5184,50 +5184,53 @@
         <v>3</v>
       </c>
       <c r="AD52">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>FA2</v>
       </c>
       <c r="B53" t="str">
         <v>2</v>
       </c>
       <c r="C53">
         <v>2</v>
       </c>
       <c r="D53" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E53">
         <v>20</v>
       </c>
       <c r="F53">
         <v>80</v>
       </c>
+      <c r="G53">
+        <v>324593</v>
+      </c>
       <c r="H53" t="str">
         <v>yaya07</v>
       </c>
       <c r="I53">
         <v>20</v>
       </c>
       <c r="J53">
         <v>80</v>
       </c>
       <c r="K53">
         <v>4</v>
       </c>
       <c r="L53">
         <v>4</v>
       </c>
       <c r="M53">
         <v>4</v>
       </c>
       <c r="N53">
         <v>5</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">