--- v1 (2026-01-30)
+++ v2 (2026-03-27)
@@ -5059,50 +5059,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>FA2</v>
       </c>
       <c r="B50" t="str">
         <v>2</v>
       </c>
       <c r="C50">
         <v>2</v>
       </c>
       <c r="D50" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E50">
         <v>22</v>
       </c>
       <c r="F50">
         <v>82</v>
       </c>
       <c r="G50">
         <v>1</v>
       </c>
+      <c r="H50">
+        <v>324593</v>
+      </c>
       <c r="I50" t="str">
         <v>yaya07</v>
       </c>
       <c r="J50">
         <v>22</v>
       </c>
       <c r="K50">
         <v>82</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
         <v>4</v>
       </c>
       <c r="N50">
         <v>3</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
         <v>4</v>
       </c>
       <c r="Q50">