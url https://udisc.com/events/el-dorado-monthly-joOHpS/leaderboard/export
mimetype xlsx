--- v1 (2026-01-30)
+++ v2 (2026-03-27)
@@ -743,51 +743,51 @@
       </c>
       <c r="AD3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v xml:space="preserve">Kevin Lopez </v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
         <v>54</v>
       </c>
       <c r="H4" t="str">
-        <v>chevin</v>
+        <v>goyimhh</v>
       </c>
       <c r="I4">
         <v>-7</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -2901,50 +2901,53 @@
       <c r="AC27">
         <v>3</v>
       </c>
       <c r="AD27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>FA3</v>
       </c>
       <c r="B28" t="str">
         <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E28">
         <v>15</v>
       </c>
       <c r="F28">
         <v>76</v>
+      </c>
+      <c r="G28">
+        <v>324593</v>
       </c>
       <c r="H28" t="str">
         <v>yaya07</v>
       </c>
       <c r="I28">
         <v>15</v>
       </c>
       <c r="J28">
         <v>76</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>4</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>