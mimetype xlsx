--- v0 (2025-11-21)
+++ v1 (2026-03-27)
@@ -3006,50 +3006,53 @@
         <v>4</v>
       </c>
       <c r="AD28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>FA3</v>
       </c>
       <c r="B29" t="str">
         <v>1</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E29">
         <v>17</v>
       </c>
       <c r="F29">
         <v>77</v>
       </c>
+      <c r="G29">
+        <v>324593</v>
+      </c>
       <c r="H29" t="str">
         <v>yaya07</v>
       </c>
       <c r="I29">
         <v>17</v>
       </c>
       <c r="J29">
         <v>77</v>
       </c>
       <c r="K29">
         <v>5</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>
       <c r="P29">