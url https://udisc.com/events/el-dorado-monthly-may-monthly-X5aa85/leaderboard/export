--- v0 (2026-01-30)
+++ v1 (2026-03-27)
@@ -648,51 +648,51 @@
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve">Kevin Lopez </v>
       </c>
       <c r="E3">
         <v>-10</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="H3" t="str">
-        <v>chevin</v>
+        <v>goyimhh</v>
       </c>
       <c r="I3">
         <v>-10</v>
       </c>
       <c r="J3">
         <v>50</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>