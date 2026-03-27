--- v0 (2026-01-30)
+++ v1 (2026-03-27)
@@ -559,51 +559,51 @@
       </c>
       <c r="AD1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v xml:space="preserve">Kevin Lopez </v>
       </c>
       <c r="E2">
         <v>-7</v>
       </c>
       <c r="F2">
         <v>53</v>
       </c>
       <c r="H2" t="str">
-        <v>chevin</v>
+        <v>goyimhh</v>
       </c>
       <c r="I2">
         <v>-7</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -2272,50 +2272,53 @@
       <c r="AC20">
         <v>3</v>
       </c>
       <c r="AD20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>FA3</v>
       </c>
       <c r="B21" t="str">
         <v>2</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E21">
         <v>24</v>
       </c>
       <c r="F21">
         <v>84</v>
+      </c>
+      <c r="G21">
+        <v>324593</v>
       </c>
       <c r="H21" t="str">
         <v>yaya07</v>
       </c>
       <c r="I21">
         <v>24</v>
       </c>
       <c r="J21">
         <v>84</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>5</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>