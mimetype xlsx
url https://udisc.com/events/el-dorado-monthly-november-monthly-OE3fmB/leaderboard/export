--- v0 (2026-01-30)
+++ v1 (2026-03-27)
@@ -4127,50 +4127,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>FA3</v>
       </c>
       <c r="B40" t="str">
         <v>2</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E40">
         <v>24</v>
       </c>
       <c r="F40">
         <v>84</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
+      <c r="H40">
+        <v>324593</v>
+      </c>
       <c r="I40" t="str">
         <v>yaya07</v>
       </c>
       <c r="J40">
         <v>24</v>
       </c>
       <c r="K40">
         <v>84</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>4</v>
       </c>
       <c r="P40">
         <v>4</v>
       </c>
       <c r="Q40">