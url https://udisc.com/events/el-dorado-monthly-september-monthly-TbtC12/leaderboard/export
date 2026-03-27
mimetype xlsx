--- v1 (2026-01-30)
+++ v2 (2026-03-27)
@@ -2101,50 +2101,53 @@
         <v>4</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>FA3</v>
       </c>
       <c r="B19" t="str">
         <v>2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
         <v>Jennifer Fucci</v>
       </c>
       <c r="E19">
         <v>26</v>
       </c>
       <c r="F19">
         <v>86</v>
       </c>
+      <c r="G19">
+        <v>324593</v>
+      </c>
       <c r="H19" t="str">
         <v>yaya07</v>
       </c>
       <c r="I19">
         <v>26</v>
       </c>
       <c r="J19">
         <v>86</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">