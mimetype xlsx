--- v0 (2025-10-18)
+++ v1 (2026-02-25)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB15"/>
+  <dimension ref="A1:AB14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -536,634 +536,569 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Chris Wolfe</v>
+        <v>John Domann</v>
       </c>
       <c r="E2">
-        <v>-14</v>
+        <v>-1</v>
       </c>
       <c r="F2">
-        <v>10</v>
+        <v>2</v>
+      </c>
+      <c r="G2">
+        <v>49812</v>
       </c>
       <c r="H2" t="str">
-        <v>cwwolfe</v>
+        <v>doughboy3113</v>
       </c>
       <c r="I2">
-        <v>-14</v>
+        <v>-1</v>
       </c>
       <c r="J2">
-        <v>10</v>
-[...23 lines deleted...]
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Kristos Paraskevas</v>
+        <v>Emilio Guzman</v>
       </c>
       <c r="E3">
-        <v>-10</v>
+        <v>3</v>
       </c>
       <c r="F3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G3">
-        <v>107604</v>
+        <v>175271</v>
       </c>
       <c r="H3" t="str">
-        <v>kristosp83</v>
+        <v>elmeezo</v>
       </c>
       <c r="I3">
-        <v>-10</v>
+        <v>3</v>
       </c>
       <c r="J3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P3">
-        <v>1</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Taylor DeBroux</v>
+        <v>Micah Chrisman</v>
       </c>
       <c r="E4">
-        <v>-7</v>
+        <v>-4</v>
       </c>
       <c r="F4">
         <v>5</v>
       </c>
-      <c r="G4">
-[...1 lines deleted...]
-      </c>
       <c r="H4" t="str">
-        <v>tdebroux</v>
+        <v>micchr</v>
       </c>
       <c r="I4">
-        <v>-7</v>
+        <v>-4</v>
       </c>
       <c r="J4">
         <v>5</v>
       </c>
-      <c r="O4">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="U4">
+        <v>3</v>
       </c>
       <c r="V4">
         <v>1</v>
       </c>
-      <c r="X4">
-        <v>2</v>
+      <c r="W4">
+        <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
-[...1 lines deleted...]
-      <c r="C5">
+        <v>DNF</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Cullen O’Neill</v>
+      </c>
+      <c r="E5">
         <v>3</v>
       </c>
-      <c r="D5" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="F5">
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="G5">
+        <v>159213</v>
       </c>
       <c r="H5" t="str">
-        <v>colneyb</v>
+        <v>cullenoneill10</v>
       </c>
       <c r="I5">
-        <v>-7</v>
+        <v>3</v>
       </c>
       <c r="J5">
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="M5">
+        <v>1</v>
       </c>
       <c r="N5">
         <v>1</v>
       </c>
-      <c r="O5">
-[...1 lines deleted...]
-      </c>
       <c r="Q5">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="W5">
+        <v>7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>David Doty</v>
+        <v>Taylor DeBroux</v>
       </c>
       <c r="E6">
         <v>-7</v>
       </c>
       <c r="F6">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G6">
-        <v>172559</v>
+        <v>268840</v>
       </c>
       <c r="H6" t="str">
-        <v>buttsack</v>
+        <v>tdebroux</v>
       </c>
       <c r="I6">
         <v>-7</v>
       </c>
       <c r="J6">
-        <v>8</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="O6">
+        <v>1</v>
+      </c>
+      <c r="S6">
+        <v>1</v>
+      </c>
+      <c r="V6">
+        <v>1</v>
+      </c>
+      <c r="X6">
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Pete Bloc</v>
+        <v>Ben Colney</v>
       </c>
       <c r="E7">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H7" t="str">
-        <v>skinnypetebloc</v>
+        <v>colneyb</v>
       </c>
       <c r="I7">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="J7">
-        <v>6</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="N7">
+        <v>1</v>
+      </c>
+      <c r="O7">
+        <v>1</v>
+      </c>
+      <c r="Q7">
+        <v>1</v>
+      </c>
+      <c r="AA7">
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Micah Chrisman</v>
+        <v>Pete Bloc</v>
       </c>
       <c r="E8">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="F8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H8" t="str">
-        <v>micchr</v>
+        <v>skinnypetebloc</v>
       </c>
       <c r="I8">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="J8">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="U8">
+        <v>6</v>
+      </c>
+      <c r="K8">
+        <v>1</v>
+      </c>
+      <c r="L8">
         <v>3</v>
       </c>
-      <c r="V8">
-[...2 lines deleted...]
-      <c r="W8">
+      <c r="T8">
+        <v>1</v>
+      </c>
+      <c r="Z8">
         <v>1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Wes Kaminsky</v>
       </c>
       <c r="E9">
         <v>-4</v>
       </c>
       <c r="F9">
         <v>8</v>
       </c>
       <c r="H9" t="str">
         <v>wkaminsky</v>
       </c>
       <c r="I9">
         <v>-4</v>
       </c>
       <c r="J9">
         <v>8</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Daniel Boone</v>
+        <v>Kristos Paraskevas</v>
       </c>
       <c r="E10">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="F10">
-        <v>15</v>
+        <v>5</v>
+      </c>
+      <c r="G10">
+        <v>107604</v>
       </c>
       <c r="H10" t="str">
-        <v>boone420</v>
+        <v>kristosp83</v>
       </c>
       <c r="I10">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="J10">
-        <v>15</v>
-[...17 lines deleted...]
-        <v>8</v>
+        <v>5</v>
+      </c>
+      <c r="P10">
+        <v>1</v>
+      </c>
+      <c r="R10">
+        <v>1</v>
+      </c>
+      <c r="T10">
+        <v>1</v>
+      </c>
+      <c r="U10">
+        <v>1</v>
+      </c>
+      <c r="Y10">
+        <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>John Domann</v>
+        <v>David Doty</v>
       </c>
       <c r="E11">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="F11">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G11">
-        <v>49812</v>
+        <v>172559</v>
       </c>
       <c r="H11" t="str">
-        <v>doughboy3113</v>
+        <v>buttsack</v>
       </c>
       <c r="I11">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="J11">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8</v>
+      </c>
+      <c r="P11">
+        <v>1</v>
+      </c>
+      <c r="R11">
+        <v>1</v>
+      </c>
+      <c r="U11">
+        <v>1</v>
+      </c>
+      <c r="Y11">
+        <v>1</v>
+      </c>
+      <c r="AA11">
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Emilio Guzman</v>
+        <v>Bruce Witzenburg</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="G12">
-        <v>175271</v>
+        <v>200297</v>
       </c>
       <c r="H12" t="str">
-        <v>elmeezo</v>
+        <v>brucewitzenburg</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>18</v>
+      </c>
+      <c r="L12">
+        <v>1</v>
+      </c>
+      <c r="S12">
+        <v>10</v>
+      </c>
+      <c r="V12">
+        <v>1</v>
+      </c>
+      <c r="W12">
+        <v>5</v>
+      </c>
+      <c r="X12">
+        <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>Cullen O’Neill</v>
+        <v>Daniel Boone</v>
       </c>
       <c r="E13">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="F13">
         <v>15</v>
       </c>
-      <c r="G13">
-[...1 lines deleted...]
-      </c>
       <c r="H13" t="str">
-        <v>cullenoneill10</v>
+        <v>boone420</v>
       </c>
       <c r="I13">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="J13">
         <v>15</v>
       </c>
-      <c r="M13">
-[...2 lines deleted...]
-      <c r="N13">
+      <c r="K13">
+        <v>2</v>
+      </c>
+      <c r="L13">
         <v>1</v>
       </c>
       <c r="Q13">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>1</v>
+      </c>
+      <c r="S13">
+        <v>2</v>
+      </c>
+      <c r="Z13">
+        <v>1</v>
+      </c>
+      <c r="AB13">
+        <v>8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v>Bruce Witzenburg</v>
+        <v>Chris Wolfe</v>
       </c>
       <c r="E14">
+        <v>-14</v>
+      </c>
+      <c r="F14">
+        <v>10</v>
+      </c>
+      <c r="H14" t="str">
+        <v>cwwolfe</v>
+      </c>
+      <c r="I14">
+        <v>-14</v>
+      </c>
+      <c r="J14">
+        <v>10</v>
+      </c>
+      <c r="M14">
+        <v>1</v>
+      </c>
+      <c r="N14">
+        <v>1</v>
+      </c>
+      <c r="O14">
+        <v>1</v>
+      </c>
+      <c r="R14">
         <v>3</v>
       </c>
-      <c r="F14">
-[...24 lines deleted...]
-        <v>5</v>
+      <c r="T14">
+        <v>1</v>
       </c>
       <c r="X14">
         <v>1</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <v>0</v>
+      <c r="Y14">
+        <v>1</v>
+      </c>
+      <c r="AA14">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB15"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 