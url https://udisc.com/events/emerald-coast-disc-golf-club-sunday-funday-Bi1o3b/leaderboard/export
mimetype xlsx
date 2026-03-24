--- v0 (2026-02-13)
+++ v1 (2026-03-24)
@@ -2333,51 +2333,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
         <v>Austin Ford</v>
       </c>
       <c r="E23">
         <v>6</v>
       </c>
       <c r="F23">
         <v>60</v>
       </c>
       <c r="G23">
         <v>269596</v>
       </c>
       <c r="H23" t="str">
-        <v>austinford</v>
+        <v>slanggindisc</v>
       </c>
       <c r="I23">
         <v>6</v>
       </c>
       <c r="J23">
         <v>60</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>4</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
@@ -3259,50 +3259,53 @@
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>33</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="str">
         <v>Kasey Middleton</v>
       </c>
       <c r="E34">
         <v>21</v>
       </c>
       <c r="F34">
         <v>75</v>
+      </c>
+      <c r="G34">
+        <v>297154</v>
       </c>
       <c r="H34" t="str">
         <v>kaseymiddleton</v>
       </c>
       <c r="I34">
         <v>21</v>
       </c>
       <c r="J34">
         <v>75</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>4</v>
       </c>
       <c r="M34">
         <v>5</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>5</v>
       </c>