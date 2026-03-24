--- v0 (2026-02-13)
+++ v1 (2026-03-24)
@@ -1715,51 +1715,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Austin Ford</v>
       </c>
       <c r="E17">
         <v>6</v>
       </c>
       <c r="F17">
         <v>43</v>
       </c>
       <c r="G17">
         <v>269596</v>
       </c>
       <c r="H17" t="str">
-        <v>austinford</v>
+        <v>slanggindisc</v>
       </c>
       <c r="I17">
         <v>6</v>
       </c>
       <c r="J17">
         <v>43</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>7</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>