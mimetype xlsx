--- v0 (2025-10-19)
+++ v1 (2025-11-26)
@@ -640,51 +640,51 @@
       </c>
       <c r="AC2" t="str">
         <v>320</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MONEY</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Lew n Pa</v>
       </c>
       <c r="E3">
         <v>-10</v>
       </c>
       <c r="F3">
         <v>48</v>
       </c>
       <c r="H3" t="str">
-        <v>lewisbitney,rogeracansler</v>
+        <v>rogeracansler,lewisbitney</v>
       </c>
       <c r="I3">
         <v>-10</v>
       </c>
       <c r="J3">
         <v>48</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -892,51 +892,51 @@
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MONEY</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>SJ Parks</v>
       </c>
       <c r="E6">
         <v>-7</v>
       </c>
       <c r="F6">
         <v>51</v>
       </c>
       <c r="H6" t="str">
-        <v>mnmarquess,mikeejay</v>
+        <v>mikeejay,mnmarquess</v>
       </c>
       <c r="I6">
         <v>-7</v>
       </c>
       <c r="J6">
         <v>51</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>