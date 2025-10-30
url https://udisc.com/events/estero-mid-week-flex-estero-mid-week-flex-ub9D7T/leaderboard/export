--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1191,71 +1191,122 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA2</v>
       </c>
       <c r="B9" t="str">
         <v>DUP</v>
       </c>
       <c r="D9" t="str">
         <v>Nate Deffet</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
-        <v>6</v>
+        <v>58</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9">
         <v>167336</v>
       </c>
       <c r="I9" t="str">
         <v>ndeffet</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
-        <v>6</v>
+        <v>58</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>5</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+      <c r="T9">
+        <v>2</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>3</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>2</v>
+      </c>
+      <c r="AA9">
+        <v>5</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>3</v>
+      </c>
+      <c r="AD9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA3</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Bret carter</v>
       </c>
       <c r="E10">
         <v>-8</v>
       </c>
       <c r="F10">
         <v>50</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
@@ -1318,72 +1369,123 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>2</v>
       </c>
       <c r="AD10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
         <v>ILL WILL</v>
       </c>
       <c r="E11">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="F11">
-        <v>5</v>
+        <v>55</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
         <v>idkwolf</v>
       </c>
       <c r="J11">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="K11">
+        <v>55</v>
+      </c>
+      <c r="L11">
+        <v>2</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>4</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>2</v>
+      </c>
+      <c r="R11">
+        <v>2</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
         <v>5</v>
       </c>
-      <c r="L11">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="AB11">
+        <v>3</v>
+      </c>
+      <c r="AC11">
+        <v>3</v>
+      </c>
+      <c r="AD11">
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA3</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
         <v>rory tierney</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>58</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="I12" t="str">
@@ -1452,50 +1554,53 @@
       <c r="AD12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
         <v>4</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="str">
         <v>Chad Broussard</v>
       </c>
       <c r="E13">
         <v>3</v>
       </c>
       <c r="F13">
         <v>61</v>
       </c>
       <c r="G13">
         <v>1</v>
+      </c>
+      <c r="H13">
+        <v>316315</v>
       </c>
       <c r="I13" t="str">
         <v>sirmilehigh</v>
       </c>
       <c r="J13">
         <v>3</v>
       </c>
       <c r="K13">
         <v>61</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>