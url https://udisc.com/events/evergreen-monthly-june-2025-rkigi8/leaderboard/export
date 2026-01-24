--- v0 (2025-10-05)
+++ v1 (2026-01-24)
@@ -3364,51 +3364,51 @@
       </c>
       <c r="AC33">
         <v>2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA3</v>
       </c>
       <c r="B34" t="str">
         <v>5</v>
       </c>
       <c r="C34">
         <v>5</v>
       </c>
       <c r="D34" t="str">
         <v>Drew Delmonico</v>
       </c>
       <c r="E34">
         <v>17</v>
       </c>
       <c r="F34">
         <v>74</v>
       </c>
       <c r="H34" t="str">
-        <v>dmoney103</v>
+        <v>drewdelmonico</v>
       </c>
       <c r="I34">
         <v>17</v>
       </c>
       <c r="J34">
         <v>74</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>4</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>4</v>
       </c>
       <c r="O34">
         <v>4</v>
       </c>
       <c r="P34">
         <v>6</v>
       </c>