--- v0 (2025-11-04)
+++ v1 (2026-03-12)
@@ -1611,50 +1611,53 @@
       </c>
       <c r="C10">
         <v>-1</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>13</v>
       </c>
       <c r="G10">
         <v>13</v>
       </c>
       <c r="H10" t="str">
         <v>Mayo Jasmin</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
         <v>80</v>
       </c>
+      <c r="K10">
+        <v>162201</v>
+      </c>
       <c r="L10" t="str">
         <v>mayojaz</v>
       </c>
       <c r="M10">
         <v>-1</v>
       </c>
       <c r="N10">
         <v>80</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">