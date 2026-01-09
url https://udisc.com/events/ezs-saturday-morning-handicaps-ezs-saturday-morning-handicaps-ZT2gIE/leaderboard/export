--- v0 (2025-12-17)
+++ v1 (2026-01-09)
@@ -2262,50 +2262,53 @@
       </c>
       <c r="C19">
         <v>3</v>
       </c>
       <c r="D19">
         <v>-7</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
         <v>19</v>
       </c>
       <c r="G19">
         <v>19</v>
       </c>
       <c r="H19" t="str">
         <v>TJ Tierney</v>
       </c>
       <c r="I19">
         <v>10</v>
       </c>
       <c r="J19">
         <v>64</v>
       </c>
+      <c r="K19">
+        <v>319221</v>
+      </c>
       <c r="L19" t="str">
         <v>mustardtieger</v>
       </c>
       <c r="M19">
         <v>10</v>
       </c>
       <c r="N19">
         <v>64</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>4</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">