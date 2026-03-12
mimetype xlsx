--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -1772,50 +1772,53 @@
       </c>
       <c r="C14">
         <v>0</v>
       </c>
       <c r="D14">
         <v>-2</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>T10</v>
       </c>
       <c r="G14">
         <v>10</v>
       </c>
       <c r="H14" t="str">
         <v>Mayo Jasmin</v>
       </c>
       <c r="I14">
         <v>2</v>
       </c>
       <c r="J14">
         <v>56</v>
       </c>
+      <c r="K14">
+        <v>162201</v>
+      </c>
       <c r="L14" t="str">
         <v>mayojaz</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
         <v>56</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">