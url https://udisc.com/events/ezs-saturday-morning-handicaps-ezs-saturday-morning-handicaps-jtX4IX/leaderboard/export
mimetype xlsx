--- v0 (2025-12-17)
+++ v1 (2026-01-09)
@@ -1659,50 +1659,53 @@
         <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>TJ Tierney</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>52</v>
       </c>
+      <c r="G15">
+        <v>319221</v>
+      </c>
       <c r="H15" t="str">
         <v>mustardtieger</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>52</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">