--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -1745,50 +1745,53 @@
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Mayo Jasmin</v>
       </c>
       <c r="E16">
         <v>-1</v>
       </c>
       <c r="F16">
         <v>53</v>
       </c>
+      <c r="G16">
+        <v>162201</v>
+      </c>
       <c r="H16" t="str">
         <v>mayojaz</v>
       </c>
       <c r="I16">
         <v>-1</v>
       </c>
       <c r="J16">
         <v>53</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">