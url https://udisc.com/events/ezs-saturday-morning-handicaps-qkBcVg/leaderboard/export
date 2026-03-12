--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -1654,452 +1654,455 @@
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>2</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T12</v>
       </c>
       <c r="C15">
         <v>12</v>
       </c>
       <c r="D15" t="str">
-        <v>Tom Rhodes</v>
+        <v>Mayo Jasmin</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>52</v>
       </c>
       <c r="G15">
-        <v>174694</v>
+        <v>162201</v>
       </c>
       <c r="H15" t="str">
-        <v>quarterking</v>
+        <v>mayojaz</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>52</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T12</v>
       </c>
       <c r="C16">
         <v>12</v>
       </c>
       <c r="D16" t="str">
-        <v>Rohan Motilal</v>
+        <v>Tom Rhodes</v>
       </c>
       <c r="E16">
         <v>-2</v>
       </c>
       <c r="F16">
         <v>52</v>
       </c>
       <c r="G16">
-        <v>267216</v>
+        <v>174694</v>
       </c>
       <c r="H16" t="str">
-        <v>rohanimal</v>
+        <v>quarterking</v>
       </c>
       <c r="I16">
         <v>-2</v>
       </c>
       <c r="J16">
         <v>52</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T12</v>
       </c>
       <c r="C17">
         <v>12</v>
       </c>
       <c r="D17" t="str">
-        <v>Ryan King</v>
+        <v>Rohan Motilal</v>
       </c>
       <c r="E17">
         <v>-2</v>
       </c>
       <c r="F17">
         <v>52</v>
       </c>
       <c r="G17">
-        <v>270322</v>
+        <v>267216</v>
       </c>
       <c r="H17" t="str">
-        <v>ryking419</v>
+        <v>rohanimal</v>
       </c>
       <c r="I17">
         <v>-2</v>
       </c>
       <c r="J17">
         <v>52</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T12</v>
       </c>
       <c r="C18">
         <v>12</v>
       </c>
       <c r="D18" t="str">
-        <v>Daniel Habel</v>
+        <v>Ryan King</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>52</v>
       </c>
+      <c r="G18">
+        <v>270322</v>
+      </c>
       <c r="H18" t="str">
-        <v>bigdicdan</v>
+        <v>ryking419</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>52</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S18">
         <v>2</v>
       </c>
       <c r="T18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T12</v>
       </c>
       <c r="C19">
         <v>12</v>
       </c>
       <c r="D19" t="str">
-        <v>Mayo Jasmin</v>
+        <v>Daniel Habel</v>
       </c>
       <c r="E19">
         <v>-2</v>
       </c>
       <c r="F19">
         <v>52</v>
       </c>
       <c r="H19" t="str">
-        <v>mayojaz</v>
+        <v>bigdicdan</v>
       </c>
       <c r="I19">
         <v>-2</v>
       </c>
       <c r="J19">
         <v>52</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S19">
         <v>2</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T12</v>
       </c>
       <c r="C20">
         <v>12</v>
       </c>
       <c r="D20" t="str">
         <v>Ryan C</v>
       </c>
       <c r="E20">