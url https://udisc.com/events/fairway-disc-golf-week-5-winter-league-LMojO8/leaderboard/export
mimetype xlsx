--- v0 (2026-02-07)
+++ v1 (2026-03-10)
@@ -545,786 +545,1143 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jared Woody</v>
       </c>
       <c r="E2">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="F2">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="G2">
         <v>250499</v>
       </c>
       <c r="H2" t="str">
         <v>jaredwoody</v>
       </c>
       <c r="I2">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J2">
-        <v>34</v>
+        <v>49</v>
+      </c>
+      <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2">
+        <v>2</v>
+      </c>
+      <c r="M2">
+        <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>5</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA1</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Aka_1F</v>
+        <v>Juan Martinez</v>
       </c>
       <c r="E3">
         <v>-1</v>
       </c>
       <c r="F3">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G3">
-        <v>102529</v>
+        <v>95695</v>
       </c>
       <c r="H3" t="str">
-        <v>clifsmith</v>
+        <v>lejuanjames</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
-        <v>36</v>
+        <v>54</v>
+      </c>
+      <c r="K3">
+        <v>2</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
       </c>
       <c r="N3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
+      </c>
+      <c r="Z3">
+        <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>4</v>
+      </c>
+      <c r="AB3">
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T2</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Aaron Marsh</v>
+        <v>Aka_1F</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F4">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G4">
-        <v>233256</v>
+        <v>102529</v>
       </c>
       <c r="H4" t="str">
-        <v>aaronmarsh</v>
+        <v>clifsmith</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J4">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>2</v>
+      </c>
+      <c r="Y4">
+        <v>2</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T2</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D5" t="str">
-        <v>Mike K</v>
+        <v>Aaron Marsh</v>
       </c>
       <c r="E5">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F5">
-        <v>47</v>
+        <v>54</v>
+      </c>
+      <c r="G5">
+        <v>233256</v>
       </c>
       <c r="H5" t="str">
-        <v>mjkeesecker</v>
+        <v>aaronmarsh</v>
       </c>
       <c r="I5">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J5">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U5">
         <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
+      <c r="X5">
+        <v>2</v>
+      </c>
+      <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
       <c r="AA5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA1</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Jay Morris</v>
       </c>
       <c r="E6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F6">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G6">
         <v>138808</v>
       </c>
       <c r="H6" t="str">
         <v>gfr3228</v>
       </c>
       <c r="I6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J6">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>5</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>2</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Stephen Edmondson</v>
+        <v>Mike K</v>
       </c>
       <c r="E7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F7">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>232769</v>
+        <v>56</v>
       </c>
       <c r="H7" t="str">
-        <v>stephen1173</v>
+        <v>mjkeesecker</v>
       </c>
       <c r="I7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J7">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
+        <v>4</v>
+      </c>
+      <c r="P7">
+        <v>2</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
+        <v>4</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
         <v>5</v>
       </c>
-      <c r="P7">
-[...13 lines deleted...]
-      </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Vincent Molinare</v>
+        <v>Stephen Edmondson</v>
       </c>
       <c r="E8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G8">
-        <v>306172</v>
+        <v>232769</v>
       </c>
       <c r="H8" t="str">
-        <v>vinmol</v>
+        <v>stephen1173</v>
       </c>
       <c r="I8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J8">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>4</v>
       </c>
       <c r="U8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
       <c r="AA8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Michael Jordt</v>
+        <v>Vincent Molinare</v>
       </c>
       <c r="E9">
+        <v>2</v>
+      </c>
+      <c r="F9">
+        <v>57</v>
+      </c>
+      <c r="G9">
+        <v>306172</v>
+      </c>
+      <c r="H9" t="str">
+        <v>vinmol</v>
+      </c>
+      <c r="I9">
+        <v>2</v>
+      </c>
+      <c r="J9">
+        <v>57</v>
+      </c>
+      <c r="K9">
+        <v>2</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>2</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
         <v>5</v>
       </c>
-      <c r="F9">
-[...8 lines deleted...]
-      <c r="I9">
+      <c r="T9">
+        <v>4</v>
+      </c>
+      <c r="U9">
         <v>5</v>
       </c>
-      <c r="J9">
-[...25 lines deleted...]
-      </c>
       <c r="V9">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
+        <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Liam hamilton</v>
+        <v>Joe Baes</v>
       </c>
       <c r="E10">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="F10">
-        <v>54</v>
+        <v>58</v>
+      </c>
+      <c r="G10">
+        <v>57847</v>
       </c>
       <c r="H10" t="str">
-        <v>chëëse1750</v>
+        <v>racerpig</v>
       </c>
       <c r="I10">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J10">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
+      <c r="O10">
+        <v>4</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
         <v>5</v>
       </c>
-      <c r="N10">
-[...10 lines deleted...]
-      </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
+        <v>4</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
+      <c r="B11" t="str">
+        <v>T9</v>
+      </c>
+      <c r="C11">
+        <v>9</v>
+      </c>
       <c r="D11" t="str">
-        <v>Juan Martinez</v>
+        <v>Michael Jordt</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G11">
-        <v>95695</v>
+        <v>77562</v>
       </c>
       <c r="H11" t="str">
-        <v>lejuanjames</v>
+        <v>mjordt99</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="K11">
+        <v>2</v>
+      </c>
+      <c r="L11">
+        <v>2</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>5</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>5</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>5</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>2</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
+      <c r="B12" t="str">
+        <v>11</v>
+      </c>
+      <c r="C12">
+        <v>11</v>
+      </c>
       <c r="D12" t="str">
-        <v>Joe Baes</v>
+        <v>Brian Brinkley</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F12">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G12">
-        <v>57847</v>
+        <v>140536</v>
       </c>
       <c r="H12" t="str">
-        <v>racerpig</v>
+        <v>mrbrinks84</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J12">
-        <v>0</v>
+        <v>59</v>
+      </c>
+      <c r="K12">
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
+        <v>4</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>4</v>
+      </c>
+      <c r="X12">
+        <v>4</v>
+      </c>
+      <c r="Y12">
+        <v>2</v>
+      </c>
+      <c r="Z12">
+        <v>4</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA1</v>
       </c>
+      <c r="B13" t="str">
+        <v>12</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
       <c r="D13" t="str">
-        <v>Brian Brinkley</v>
+        <v>Jeremy Fellows</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F13">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>140536</v>
+        <v>62</v>
       </c>
       <c r="H13" t="str">
-        <v>mrbrinks84</v>
+        <v>jfellows24</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>3</v>
+      </c>
+      <c r="M13">
+        <v>4</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>4</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>4</v>
+      </c>
+      <c r="U13">
+        <v>5</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>3</v>
+      </c>
+      <c r="Z13">
+        <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>4</v>
+      </c>
+      <c r="AB13">
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
+      <c r="B14" t="str">
+        <v>13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
       <c r="D14" t="str">
-        <v>Jeremy Fellows</v>
+        <v>Liam hamilton</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="H14" t="str">
-        <v>jfellows24</v>
+        <v>chëëse1750</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>63</v>
+      </c>
+      <c r="K14">
+        <v>2</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>5</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>7</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>4</v>
+      </c>
+      <c r="U14">
+        <v>4</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>2</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>5</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>