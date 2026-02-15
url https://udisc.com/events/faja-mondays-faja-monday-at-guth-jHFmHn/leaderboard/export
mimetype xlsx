--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -1657,51 +1657,51 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>AMs</v>
       </c>
       <c r="B15" t="str">
         <v>4</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15" t="str">
         <v>Kimberly Persad</v>
       </c>
       <c r="E15">
         <v>8</v>
       </c>
       <c r="F15">
         <v>65</v>
       </c>
       <c r="H15" t="str">
-        <v>kimmy11</v>
+        <v>kimmoslice</v>
       </c>
       <c r="I15">
         <v>8</v>
       </c>
       <c r="J15">
         <v>65</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>