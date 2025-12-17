--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -1137,423 +1137,426 @@
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
         <v>2</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Open</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Matthew Gongora</v>
+        <v>weslee hale</v>
       </c>
       <c r="E8">
         <v>-7</v>
       </c>
       <c r="F8">
         <v>59</v>
       </c>
       <c r="G8">
-        <v>50614</v>
+        <v>9960</v>
       </c>
       <c r="H8" t="str">
-        <v>mattgongora662</v>
+        <v>wesleehale</v>
       </c>
       <c r="I8">
         <v>-7</v>
       </c>
       <c r="J8">
         <v>59</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE8">
         <v>2</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Open</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Andrew Cuzco</v>
+        <v>Matthew Gongora</v>
       </c>
       <c r="E9">
         <v>-7</v>
       </c>
       <c r="F9">
         <v>59</v>
       </c>
       <c r="G9">
-        <v>150144</v>
+        <v>50614</v>
       </c>
       <c r="H9" t="str">
-        <v>cuzcoo</v>
+        <v>mattgongora662</v>
       </c>
       <c r="I9">
         <v>-7</v>
       </c>
       <c r="J9">
         <v>59</v>
       </c>
       <c r="K9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD9">
         <v>2</v>
       </c>
       <c r="AE9">
         <v>2</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Open</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
-        <v>David Bacigalupi</v>
+        <v>Andrew Cuzco</v>
       </c>
       <c r="E10">
         <v>-7</v>
       </c>
       <c r="F10">
         <v>59</v>
       </c>
+      <c r="G10">
+        <v>150144</v>
+      </c>
       <c r="H10" t="str">
-        <v>dbacigalupi</v>
+        <v>cuzcoo</v>
       </c>
       <c r="I10">
         <v>-7</v>
       </c>
       <c r="J10">
         <v>59</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>2</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
       <c r="AD10">
         <v>2</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF10">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Open</v>
       </c>
       <c r="B11" t="str">
         <v>T7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
-        <v>weslee hale</v>
+        <v>David Bacigalupi</v>
       </c>
       <c r="E11">
         <v>-7</v>
       </c>
       <c r="F11">
         <v>59</v>
       </c>
       <c r="H11" t="str">
-        <v>wesleehale</v>
+        <v>dbacigalupi</v>
       </c>
       <c r="I11">
         <v>-7</v>
       </c>
       <c r="J11">
         <v>59</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF11">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Open</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Rick Merciner</v>
       </c>
       <c r="E12">
         <v>-6</v>
       </c>
       <c r="F12">
         <v>60</v>
       </c>
       <c r="H12" t="str">
         <v>rickymerciner</v>
       </c>
       <c r="I12">