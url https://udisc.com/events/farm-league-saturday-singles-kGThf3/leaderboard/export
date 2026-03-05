--- v0 (2025-10-27)
+++ v1 (2026-03-05)
@@ -1831,52 +1831,55 @@
         <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>IntRec</v>
       </c>
       <c r="B17" t="str">
         <v>1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
         <v>Kolby Curtis</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>60</v>
       </c>
+      <c r="G17">
+        <v>319013</v>
+      </c>
       <c r="H17" t="str">
-        <v>karatekolb</v>
+        <v>kcurtis28</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>60</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>