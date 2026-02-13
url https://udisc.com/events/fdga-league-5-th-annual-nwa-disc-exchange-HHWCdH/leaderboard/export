--- v0 (2026-01-16)
+++ v1 (2026-02-13)
@@ -6188,51 +6188,51 @@
       </c>
       <c r="AD63">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>MEN</v>
       </c>
       <c r="B64" t="str">
         <v>T61</v>
       </c>
       <c r="C64">
         <v>61</v>
       </c>
       <c r="D64" t="str">
         <v>Jacob  Bourassa</v>
       </c>
       <c r="E64">
         <v>11</v>
       </c>
       <c r="F64">
         <v>71</v>
       </c>
       <c r="H64" t="str">
-        <v>jakebo10910</v>
+        <v>jacob10910</v>
       </c>
       <c r="I64">
         <v>11</v>
       </c>
       <c r="J64">
         <v>71</v>
       </c>
       <c r="K64">
         <v>2</v>
       </c>
       <c r="L64">
         <v>4</v>
       </c>
       <c r="M64">
         <v>4</v>
       </c>
       <c r="N64">
         <v>4</v>
       </c>
       <c r="O64">
         <v>3</v>
       </c>
       <c r="P64">
         <v>3</v>
       </c>