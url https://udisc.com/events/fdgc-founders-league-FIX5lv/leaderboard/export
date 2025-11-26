--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -3851,51 +3851,51 @@
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>Estbl</v>
       </c>
       <c r="B41" t="str">
         <v>2</v>
       </c>
       <c r="C41">
         <v>2</v>
       </c>
       <c r="D41" t="str">
         <v>West Begay</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
       <c r="F41">
         <v>56</v>
       </c>
       <c r="G41">
         <v>73248</v>
       </c>
       <c r="H41" t="str">
-        <v>oppsofeast</v>
+        <v>wesdothis421</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="J41">
         <v>56</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>2</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>